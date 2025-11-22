--- v0 (2025-10-08)
+++ v1 (2025-11-22)
@@ -257,51 +257,51 @@
         </w:rPr>
         <w:t>How many pieces would you like to show</w:t>
       </w:r>
       <w:r w:rsidR="008271D1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>? _______</w:t>
       </w:r>
       <w:r w:rsidR="005C1D94">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________</w:t>
       </w:r>
       <w:r w:rsidR="008271D1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CB74EE5" w14:textId="77777777" w:rsidR="00B7059E" w:rsidRDefault="003D17C6" w:rsidP="003D17C6">
+    <w:p w14:paraId="713140E2" w14:textId="2FDA9CA6" w:rsidR="00137F4C" w:rsidRDefault="003D17C6" w:rsidP="00272B72">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D17C6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>What is your preferred gallery</w:t>
       </w:r>
       <w:r w:rsidR="00121B00">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">? </w:t>
       </w:r>
       <w:r w:rsidR="007F42B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -340,423 +340,356 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="007F42B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>most</w:t>
       </w:r>
       <w:r w:rsidR="002361FC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> preferred)</w:t>
       </w:r>
       <w:r w:rsidR="007F42B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to 4 </w:t>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="00272B72">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="007F42B7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002361FC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="007F42B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>least</w:t>
       </w:r>
       <w:r w:rsidR="002361FC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> preferred):</w:t>
       </w:r>
       <w:r w:rsidR="007F42B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F5AAA77" w14:textId="77777777" w:rsidR="00137F4C" w:rsidRDefault="00137F4C" w:rsidP="00137F4C">
+    <w:p w14:paraId="5FD8C47D" w14:textId="77777777" w:rsidR="00272B72" w:rsidRPr="00272B72" w:rsidRDefault="00272B72" w:rsidP="00272B72">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0993194A" w14:textId="77777777" w:rsidR="00B7059E" w:rsidRDefault="007F42B7" w:rsidP="007F42B7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B7059E">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> Regional Library in Hudson </w:t>
+      <w:r w:rsidR="003D17C6" w:rsidRPr="00B7059E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>New River</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7059E" w:rsidRPr="00B7059E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Library in Wesley Chapel</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="644A7A0F" w14:textId="72462866" w:rsidR="00137F4C" w:rsidRDefault="00137F4C" w:rsidP="00137F4C">
+    <w:p w14:paraId="6B3DD0AC" w14:textId="77777777" w:rsidR="00507C98" w:rsidRDefault="00507C98" w:rsidP="00507C98">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">One wall, two sections 7’W x 8’H </w:t>
+        <w:t>Two walls 5’W x by 7’H</w:t>
       </w:r>
       <w:r w:rsidR="00283A79">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>each</w:t>
+        <w:t xml:space="preserve"> each</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00283A79">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>one wall 6’W x 7’H</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="183981B2" w14:textId="77777777" w:rsidR="00137F4C" w:rsidRDefault="00137F4C" w:rsidP="00137F4C">
+    <w:p w14:paraId="3D7B3771" w14:textId="77777777" w:rsidR="00137F4C" w:rsidRDefault="00507C98" w:rsidP="00137F4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Three pedestals 42”H and one pedestal 20”H</w:t>
+        <w:t>Two pedestals 42”H</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="713140E2" w14:textId="77777777" w:rsidR="00137F4C" w:rsidRDefault="00137F4C" w:rsidP="007F42B7">
+    <w:p w14:paraId="3B0AC5B0" w14:textId="77777777" w:rsidR="00137F4C" w:rsidRPr="00137F4C" w:rsidRDefault="00137F4C" w:rsidP="00137F4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0993194A" w14:textId="77777777" w:rsidR="00B7059E" w:rsidRDefault="007F42B7" w:rsidP="007F42B7">
+    <w:p w14:paraId="274ED066" w14:textId="77777777" w:rsidR="00B7059E" w:rsidRDefault="007F42B7" w:rsidP="007F42B7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidR="003D17C6" w:rsidRPr="00B7059E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>New River</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Library in Wesley Chapel</w:t>
+        <w:t>South Holiday</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7059E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Library in South Holiday</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B3DD0AC" w14:textId="77777777" w:rsidR="00507C98" w:rsidRDefault="00507C98" w:rsidP="00507C98">
+    <w:p w14:paraId="159D9C45" w14:textId="77777777" w:rsidR="00507C98" w:rsidRDefault="00507C98" w:rsidP="00507C98">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Two walls 5’W x by 7’H</w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t>One wall 7’W x 8’H</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A80B3EB" w14:textId="77777777" w:rsidR="00137F4C" w:rsidRDefault="00137F4C" w:rsidP="00137F4C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="168328B2" w14:textId="77777777" w:rsidR="00137F4C" w:rsidRDefault="00137F4C" w:rsidP="00137F4C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">and </w:t>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7059E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Starkey Ranch T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>one wall 6’W x 7’H</w:t>
+        <w:t xml:space="preserve">heatre </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7059E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ibrary </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7059E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ultural Center in Odessa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D7B3771" w14:textId="77777777" w:rsidR="00137F4C" w:rsidRDefault="00507C98" w:rsidP="00137F4C">
+    <w:p w14:paraId="40BD04D6" w14:textId="77777777" w:rsidR="00137F4C" w:rsidRDefault="00137F4C" w:rsidP="00137F4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Two pedestals 42”H</w:t>
-[...152 lines deleted...]
-        </w:rPr>
         <w:t>Two walls 6’W x 8’H</w:t>
       </w:r>
       <w:r w:rsidR="00283A79">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> each</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E6F6D38" w14:textId="77777777" w:rsidR="00137F4C" w:rsidRPr="00137F4C" w:rsidRDefault="00137F4C" w:rsidP="00137F4C">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03BDD144" w14:textId="77777777" w:rsidR="00B7059E" w:rsidRPr="003D17C6" w:rsidRDefault="00BB0953" w:rsidP="00B7059E">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1012,180 +945,98 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This completed application</w:t>
       </w:r>
       <w:r w:rsidR="002361FC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71AAD6F4" w14:textId="77777777" w:rsidR="007F06F4" w:rsidRDefault="007F06F4" w:rsidP="007F06F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42053511" w14:textId="77777777" w:rsidR="00E13614" w:rsidRDefault="00E13614" w:rsidP="003D17C6">
+    <w:p w14:paraId="5769B301" w14:textId="221F8370" w:rsidR="00D13FC4" w:rsidRPr="00997F97" w:rsidRDefault="00E13614" w:rsidP="00D13FC4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Artist statement and questions</w:t>
+        <w:t xml:space="preserve">Artist </w:t>
+      </w:r>
+      <w:r w:rsidR="00997F97">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tatement</w:t>
+      </w:r>
+      <w:r w:rsidR="00997F97">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (up to 200 words)</w:t>
       </w:r>
       <w:r w:rsidR="002361FC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-    </w:p>
-[...101 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="0D04FFF0" w14:textId="77777777" w:rsidR="007F06F4" w:rsidRDefault="007F06F4" w:rsidP="007F06F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13DB541C" w14:textId="77777777" w:rsidR="00D13FC4" w:rsidRPr="00D13FC4" w:rsidRDefault="00D13FC4" w:rsidP="00D13FC4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -3991,243 +3842,173 @@
     <w:p w14:paraId="1E5B2D84" w14:textId="77777777" w:rsidR="00E43FA3" w:rsidRDefault="00E43FA3" w:rsidP="00BB7DA9">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AEDD6D4" w14:textId="77777777" w:rsidR="00BB7DA9" w:rsidRPr="00BB7DA9" w:rsidRDefault="00BB7DA9" w:rsidP="00BB7DA9">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB7DA9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>QUESTIONS?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01574D80" w14:textId="49D926B8" w:rsidR="000B4476" w:rsidRDefault="00BB7DA9" w:rsidP="00BB7DA9">
+    <w:p w14:paraId="01574D80" w14:textId="5FE2D918" w:rsidR="000B4476" w:rsidRDefault="00BB7DA9" w:rsidP="00BB7DA9">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB7DA9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">For more information, please contact the </w:t>
+        <w:t xml:space="preserve">For more information, please contact </w:t>
+      </w:r>
+      <w:r w:rsidR="00D03667">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>our Arts Engagement Team at 727-602-9977 or email arts@pascolibraries.org</w:t>
+      </w:r>
+      <w:r w:rsidR="004154AB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Coordinators of</w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...61 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000B4476" w:rsidSect="003E69D6">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="630" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27FC49A3" w14:textId="77777777" w:rsidR="00103006" w:rsidRDefault="00103006" w:rsidP="002361FC">
+    <w:p w14:paraId="5BEBDB5D" w14:textId="77777777" w:rsidR="003938F3" w:rsidRDefault="003938F3" w:rsidP="002361FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B71E58A" w14:textId="77777777" w:rsidR="00103006" w:rsidRDefault="00103006" w:rsidP="002361FC">
+    <w:p w14:paraId="1EDBCC13" w14:textId="77777777" w:rsidR="003938F3" w:rsidRDefault="003938F3" w:rsidP="002361FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1909300849"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="3F3909CC" w14:textId="77777777" w:rsidR="002361FC" w:rsidRDefault="002361FC">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
@@ -4244,61 +4025,61 @@
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="0A399B99" w14:textId="77777777" w:rsidR="002361FC" w:rsidRDefault="002361FC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="07C22009" w14:textId="77777777" w:rsidR="00103006" w:rsidRDefault="00103006" w:rsidP="002361FC">
+    <w:p w14:paraId="09D05CB0" w14:textId="77777777" w:rsidR="003938F3" w:rsidRDefault="003938F3" w:rsidP="002361FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F531ED5" w14:textId="77777777" w:rsidR="00103006" w:rsidRDefault="00103006" w:rsidP="002361FC">
+    <w:p w14:paraId="70E71FB6" w14:textId="77777777" w:rsidR="003938F3" w:rsidRDefault="003938F3" w:rsidP="002361FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06D67571"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7D64C5BC"/>
     <w:lvl w:ilvl="0" w:tplc="F160B63A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
@@ -6322,117 +6103,123 @@
   </w:num>
   <w:num w:numId="14" w16cid:durableId="262032382">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1242520990">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="351540545">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1168136501">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="139661973">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="880673519">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B7D55"/>
     <w:rsid w:val="000669E8"/>
     <w:rsid w:val="000B4476"/>
     <w:rsid w:val="000D26FD"/>
     <w:rsid w:val="000E7E55"/>
     <w:rsid w:val="000F5F22"/>
     <w:rsid w:val="00103006"/>
     <w:rsid w:val="00121B00"/>
     <w:rsid w:val="00137F4C"/>
     <w:rsid w:val="001A4496"/>
     <w:rsid w:val="002361FC"/>
+    <w:rsid w:val="00272B72"/>
     <w:rsid w:val="00283A79"/>
+    <w:rsid w:val="003938F3"/>
     <w:rsid w:val="003A029E"/>
     <w:rsid w:val="003D17C6"/>
     <w:rsid w:val="003E69D6"/>
+    <w:rsid w:val="004154AB"/>
+    <w:rsid w:val="00440DE6"/>
     <w:rsid w:val="0049494F"/>
+    <w:rsid w:val="004C5A4F"/>
     <w:rsid w:val="00507C98"/>
     <w:rsid w:val="0051267F"/>
     <w:rsid w:val="00515B67"/>
     <w:rsid w:val="005303CA"/>
     <w:rsid w:val="00540578"/>
     <w:rsid w:val="005862C1"/>
     <w:rsid w:val="005B46CD"/>
     <w:rsid w:val="005C1D94"/>
     <w:rsid w:val="005F1610"/>
     <w:rsid w:val="00691510"/>
     <w:rsid w:val="00726D7A"/>
     <w:rsid w:val="0075254B"/>
     <w:rsid w:val="007A2B54"/>
     <w:rsid w:val="007B7D55"/>
     <w:rsid w:val="007F06F4"/>
     <w:rsid w:val="007F42B7"/>
     <w:rsid w:val="008271D1"/>
     <w:rsid w:val="0084420B"/>
     <w:rsid w:val="00895154"/>
     <w:rsid w:val="008971E3"/>
+    <w:rsid w:val="00997F97"/>
     <w:rsid w:val="009C4674"/>
     <w:rsid w:val="00A173C7"/>
     <w:rsid w:val="00B02B35"/>
     <w:rsid w:val="00B6619B"/>
     <w:rsid w:val="00B7059E"/>
     <w:rsid w:val="00BB0953"/>
     <w:rsid w:val="00BB7DA9"/>
     <w:rsid w:val="00BD5DDD"/>
     <w:rsid w:val="00C06293"/>
     <w:rsid w:val="00CE1382"/>
     <w:rsid w:val="00D032E9"/>
+    <w:rsid w:val="00D03667"/>
     <w:rsid w:val="00D13FC4"/>
     <w:rsid w:val="00D7710F"/>
     <w:rsid w:val="00E05F37"/>
     <w:rsid w:val="00E13614"/>
     <w:rsid w:val="00E43FA3"/>
     <w:rsid w:val="00E44DE2"/>
     <w:rsid w:val="00E57F24"/>
     <w:rsid w:val="00EA336B"/>
     <w:rsid w:val="00EE3DE5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -7287,70 +7074,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>710</Words>
-  <Characters>4051</Characters>
+  <Words>665</Words>
+  <Characters>3792</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>PCLS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4752</CharactersWithSpaces>
+  <CharactersWithSpaces>4449</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Angelo Liranzo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>