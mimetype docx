--- v1 (2025-11-22)
+++ v2 (2026-03-24)
@@ -257,51 +257,51 @@
         </w:rPr>
         <w:t>How many pieces would you like to show</w:t>
       </w:r>
       <w:r w:rsidR="008271D1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>? _______</w:t>
       </w:r>
       <w:r w:rsidR="005C1D94">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________</w:t>
       </w:r>
       <w:r w:rsidR="008271D1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="713140E2" w14:textId="2FDA9CA6" w:rsidR="00137F4C" w:rsidRDefault="003D17C6" w:rsidP="00272B72">
+    <w:p w14:paraId="713140E2" w14:textId="6800CAAA" w:rsidR="00137F4C" w:rsidRDefault="003D17C6" w:rsidP="00272B72">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D17C6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>What is your preferred gallery</w:t>
       </w:r>
       <w:r w:rsidR="00121B00">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">? </w:t>
       </w:r>
       <w:r w:rsidR="007F42B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -342,56 +342,56 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="007F42B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>most</w:t>
       </w:r>
       <w:r w:rsidR="002361FC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> preferred)</w:t>
       </w:r>
       <w:r w:rsidR="007F42B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
-      <w:r w:rsidR="00272B72">
-[...4 lines deleted...]
-        <w:t>3</w:t>
+      <w:r w:rsidR="000B4779">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="007F42B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002361FC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="007F42B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>least</w:t>
       </w:r>
       <w:r w:rsidR="002361FC">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -656,60 +656,193 @@
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Two walls 6’W x 8’H</w:t>
       </w:r>
       <w:r w:rsidR="00283A79">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> each</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="58C08036" w14:textId="77777777" w:rsidR="000B4779" w:rsidRDefault="000B4779" w:rsidP="000B4779">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C037D4B" w14:textId="654BB908" w:rsidR="000B4779" w:rsidRDefault="000B4779" w:rsidP="000B4779">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Wesley Chapel Library</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Wesley Chapel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CEA92BE" w14:textId="4A816670" w:rsidR="000B4779" w:rsidRDefault="000B4779" w:rsidP="000B4779">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Three</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> walls</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’W x 8’H</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 15’W X 8’H, and 10’W X 8’H</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DB552C1" w14:textId="7FCDAA80" w:rsidR="000B4779" w:rsidRDefault="000B4779" w:rsidP="000B4779">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Three pedestals 42”H</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="2E6F6D38" w14:textId="77777777" w:rsidR="00137F4C" w:rsidRPr="00137F4C" w:rsidRDefault="00137F4C" w:rsidP="00137F4C">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03BDD144" w14:textId="77777777" w:rsidR="00B7059E" w:rsidRPr="003D17C6" w:rsidRDefault="00BB0953" w:rsidP="00B7059E">
+    <w:p w14:paraId="03BDD144" w14:textId="77777777" w:rsidR="00B7059E" w:rsidRDefault="00BB0953" w:rsidP="00B7059E">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="005F1610">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Library </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -777,50 +910,80 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ion</w:t>
       </w:r>
       <w:r w:rsidR="00B7059E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Exhibit </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>spaces</w:t>
       </w:r>
       <w:r w:rsidR="00B7059E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, fixtures, and sizes vary by library branch. All exhibits will be confined to the designated space and must not exceed the area’s capacity. Wall hangings may be approved only at locations with equipment designed for this purpose. Freestanding sculptural pieces may be approved at locations with equipment designed for this purpose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51AE43B0" w14:textId="45953391" w:rsidR="00343E73" w:rsidRPr="003D17C6" w:rsidRDefault="00343E73" w:rsidP="00B7059E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Exhibits for the Hugh Embry Library are selected through a collaboration with the Dade City Center for the Arts and </w:t>
+      </w:r>
+      <w:r w:rsidR="003F37F5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the Library Art Gallery Committee</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2411E1F7" w14:textId="77777777" w:rsidR="008271D1" w:rsidRDefault="008271D1" w:rsidP="003D17C6">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D16866A" w14:textId="77777777" w:rsidR="002361FC" w:rsidRDefault="002361FC">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
@@ -838,58 +1001,60 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Pasco County Library System</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69A26EEB" w14:textId="77777777" w:rsidR="002361FC" w:rsidRDefault="002361FC" w:rsidP="003D17C6">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D17C6">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Art Gallery Exhibit Application</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:  Checklist</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="178609E9" w14:textId="77777777" w:rsidR="002361FC" w:rsidRDefault="002361FC" w:rsidP="003D17C6">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C36EFA3" w14:textId="7B5CDF8B" w:rsidR="008271D1" w:rsidRDefault="005C1D94" w:rsidP="003D17C6">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Submit </w:t>
       </w:r>
@@ -3122,60 +3287,70 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="569D9A38" w14:textId="77777777" w:rsidR="00E43FA3" w:rsidRPr="003D17C6" w:rsidRDefault="00E43FA3" w:rsidP="00E43FA3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D17C6">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Art Gallery Exhibit </w:t>
       </w:r>
       <w:r w:rsidR="002361FC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Application:  </w:t>
+        <w:t>Application</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002361FC">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Procedure</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="7732277D" w14:textId="77777777" w:rsidR="008271D1" w:rsidRDefault="008271D1" w:rsidP="003D17C6">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A21DBBF" w14:textId="77777777" w:rsidR="00E43FA3" w:rsidRDefault="008271D1" w:rsidP="00BB7DA9">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
@@ -3893,61 +4068,61 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000B4476" w:rsidSect="003E69D6">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="630" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5BEBDB5D" w14:textId="77777777" w:rsidR="003938F3" w:rsidRDefault="003938F3" w:rsidP="002361FC">
+    <w:p w14:paraId="32BE5758" w14:textId="77777777" w:rsidR="006A6319" w:rsidRDefault="006A6319" w:rsidP="002361FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1EDBCC13" w14:textId="77777777" w:rsidR="003938F3" w:rsidRDefault="003938F3" w:rsidP="002361FC">
+    <w:p w14:paraId="13C7975D" w14:textId="77777777" w:rsidR="006A6319" w:rsidRDefault="006A6319" w:rsidP="002361FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -4025,61 +4200,61 @@
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="0A399B99" w14:textId="77777777" w:rsidR="002361FC" w:rsidRDefault="002361FC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09D05CB0" w14:textId="77777777" w:rsidR="003938F3" w:rsidRDefault="003938F3" w:rsidP="002361FC">
+    <w:p w14:paraId="01A5C5E4" w14:textId="77777777" w:rsidR="006A6319" w:rsidRDefault="006A6319" w:rsidP="002361FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="70E71FB6" w14:textId="77777777" w:rsidR="003938F3" w:rsidRDefault="003938F3" w:rsidP="002361FC">
+    <w:p w14:paraId="1710C781" w14:textId="77777777" w:rsidR="006A6319" w:rsidRDefault="006A6319" w:rsidP="002361FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06D67571"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7D64C5BC"/>
     <w:lvl w:ilvl="0" w:tplc="F160B63A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
@@ -6103,120 +6278,129 @@
   </w:num>
   <w:num w:numId="14" w16cid:durableId="262032382">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1242520990">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="351540545">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1168136501">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="139661973">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="880673519">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B7D55"/>
     <w:rsid w:val="000669E8"/>
     <w:rsid w:val="000B4476"/>
+    <w:rsid w:val="000B4779"/>
     <w:rsid w:val="000D26FD"/>
     <w:rsid w:val="000E7E55"/>
     <w:rsid w:val="000F5F22"/>
     <w:rsid w:val="00103006"/>
     <w:rsid w:val="00121B00"/>
     <w:rsid w:val="00137F4C"/>
     <w:rsid w:val="001A4496"/>
     <w:rsid w:val="002361FC"/>
     <w:rsid w:val="00272B72"/>
     <w:rsid w:val="00283A79"/>
+    <w:rsid w:val="00343E73"/>
     <w:rsid w:val="003938F3"/>
     <w:rsid w:val="003A029E"/>
     <w:rsid w:val="003D17C6"/>
     <w:rsid w:val="003E69D6"/>
+    <w:rsid w:val="003F37F5"/>
     <w:rsid w:val="004154AB"/>
     <w:rsid w:val="00440DE6"/>
     <w:rsid w:val="0049494F"/>
     <w:rsid w:val="004C5A4F"/>
     <w:rsid w:val="00507C98"/>
     <w:rsid w:val="0051267F"/>
     <w:rsid w:val="00515B67"/>
     <w:rsid w:val="005303CA"/>
     <w:rsid w:val="00540578"/>
     <w:rsid w:val="005862C1"/>
     <w:rsid w:val="005B46CD"/>
     <w:rsid w:val="005C1D94"/>
     <w:rsid w:val="005F1610"/>
     <w:rsid w:val="00691510"/>
+    <w:rsid w:val="006A6319"/>
     <w:rsid w:val="00726D7A"/>
     <w:rsid w:val="0075254B"/>
     <w:rsid w:val="007A2B54"/>
+    <w:rsid w:val="007B5709"/>
     <w:rsid w:val="007B7D55"/>
     <w:rsid w:val="007F06F4"/>
     <w:rsid w:val="007F42B7"/>
     <w:rsid w:val="008271D1"/>
     <w:rsid w:val="0084420B"/>
     <w:rsid w:val="00895154"/>
     <w:rsid w:val="008971E3"/>
     <w:rsid w:val="00997F97"/>
     <w:rsid w:val="009C4674"/>
+    <w:rsid w:val="009D1F5F"/>
     <w:rsid w:val="00A173C7"/>
+    <w:rsid w:val="00A60FCA"/>
     <w:rsid w:val="00B02B35"/>
     <w:rsid w:val="00B6619B"/>
     <w:rsid w:val="00B7059E"/>
     <w:rsid w:val="00BB0953"/>
     <w:rsid w:val="00BB7DA9"/>
     <w:rsid w:val="00BD5DDD"/>
     <w:rsid w:val="00C06293"/>
+    <w:rsid w:val="00C317D8"/>
     <w:rsid w:val="00CE1382"/>
     <w:rsid w:val="00D032E9"/>
     <w:rsid w:val="00D03667"/>
     <w:rsid w:val="00D13FC4"/>
     <w:rsid w:val="00D7710F"/>
     <w:rsid w:val="00E05F37"/>
     <w:rsid w:val="00E13614"/>
     <w:rsid w:val="00E43FA3"/>
     <w:rsid w:val="00E44DE2"/>
     <w:rsid w:val="00E57F24"/>
     <w:rsid w:val="00EA336B"/>
     <w:rsid w:val="00EE3DE5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -7074,70 +7258,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>665</Words>
-  <Characters>3792</Characters>
+  <Words>719</Words>
+  <Characters>4006</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>154</Lines>
+  <Paragraphs>124</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>PCLS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4449</CharactersWithSpaces>
+  <CharactersWithSpaces>4601</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Angelo Liranzo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>